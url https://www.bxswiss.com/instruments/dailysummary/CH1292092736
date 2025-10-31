--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917c7e86920e4796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f800c3e3404743" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb68c495bda934bd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdca6c7fba24e4a04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475212978c1e4492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb68c495bda934bd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84948ef0df854c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdca6c7fba24e4a04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>102,080</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,020</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,900</x:t>
-[...102 lines deleted...]
-          <x:t>101,205</x:t>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,465</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>19.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,910</x:t>
-[...178 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,275</x:t>
-[...31 lines deleted...]
-          <x:t>101,105</x:t>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>06.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>101,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>