--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1f800c3e3404743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d18606346f6426e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdca6c7fba24e4a04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e1e694345e24892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84948ef0df854c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdca6c7fba24e4a04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542f6319f365497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e1e694345e24892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>101,155</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,065</x:t>
-[...11 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,275</x:t>
-[...31 lines deleted...]
-          <x:t>101,105</x:t>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>101,035</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>101,655</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,855</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>100,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>101,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>