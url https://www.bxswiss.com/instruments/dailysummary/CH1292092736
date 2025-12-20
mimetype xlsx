--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d18606346f6426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c7860faee31419c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e1e694345e24892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79019704f8fb4f3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R542f6319f365497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e1e694345e24892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0608442e33994660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79019704f8fb4f3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>100,785</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,785</x:t>
-[...232 lines deleted...]
-          <x:t>100,580</x:t>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,990</x:t>
-[...80 lines deleted...]
-          <x:t>99,300</x:t>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>