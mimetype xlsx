--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c7860faee31419c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3574d4352a924c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79019704f8fb4f3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d6907d6f1a4a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0608442e33994660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79019704f8fb4f3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9804f502844c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d6907d6f1a4a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>99,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,040</x:t>
-[...75 lines deleted...]
-          <x:t>98,750</x:t>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>98,160</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>