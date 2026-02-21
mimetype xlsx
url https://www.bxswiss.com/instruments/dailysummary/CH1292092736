--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3574d4352a924c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R489f9ae57bd74414" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d6907d6f1a4a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1d2d73d05f4f90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9804f502844c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d6907d6f1a4a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13674e6212944db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1d2d73d05f4f90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>96,980</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,380</x:t>
-[...21 lines deleted...]
-          <x:t>95,440</x:t>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>96,030</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,600</x:t>
-[...31 lines deleted...]
-          <x:t>95,650</x:t>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>