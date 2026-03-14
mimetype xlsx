--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R489f9ae57bd74414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3503241bfeeb457b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1d2d73d05f4f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d955cf79924af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13674e6212944db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1d2d73d05f4f90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65410660cb7411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d955cf79924af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>94,920</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,920</x:t>
-[...38 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,660</x:t>
-[...70 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,160</x:t>
-[...198 lines deleted...]
-          <x:t>96,230</x:t>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>