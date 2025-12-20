--- v0 (2025-10-12)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbaa8cdea64e4bd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb043db829b324d42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b25343115744938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5655cf5353034076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ccc7f4b55b04df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b25343115744938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f796af3d9d48dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5655cf5353034076" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Kühne + Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,260</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>98,190</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,620</x:t>
-[...522 lines deleted...]
-          <x:t>89,780</x:t>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>