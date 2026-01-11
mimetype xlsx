--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb043db829b324d42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra76f795122094471" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5655cf5353034076"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea29740660245aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f796af3d9d48dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5655cf5353034076" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbebf7bcdb68d472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea29740660245aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Kühne + Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>95,450</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>98,250</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>