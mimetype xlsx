--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra76f795122094471" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c8b821778e4d57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea29740660245aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6591c438686a492b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbebf7bcdb68d472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea29740660245aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeb477e728fc4abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6591c438686a492b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Kühne + Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>96,490</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>97,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>97,860</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>97,180</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>