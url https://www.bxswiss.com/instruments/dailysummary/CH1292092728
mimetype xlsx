--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13c8b821778e4d57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b69aecb8244be9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6591c438686a492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ee2a054ba24268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeb477e728fc4abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6591c438686a492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12038a3bde594fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ee2a054ba24268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Kühne + Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>96,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>95,930</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,740</x:t>
-[...53 lines deleted...]
-          <x:t>96,610</x:t>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>