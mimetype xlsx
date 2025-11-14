--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8e880836d8b4580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44298e2022e3490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e400bb956b4cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R085d8bfb32364c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f3541da9554b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e400bb956b4cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab6f52e72c204e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R085d8bfb32364c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,020</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,625</x:t>
-[...330 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,590</x:t>
-[...112 lines deleted...]
-          <x:t>100,500</x:t>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...154 lines deleted...]
-          <x:t>101,805</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>