--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44298e2022e3490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd64993ac8ca24342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R085d8bfb32364c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac9ffbbc781847dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab6f52e72c204e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R085d8bfb32364c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd495f07511dc4826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac9ffbbc781847dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,540</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>