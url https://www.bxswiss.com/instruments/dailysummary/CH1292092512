--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd64993ac8ca24342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2ee5348827f4b5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac9ffbbc781847dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14d487f561814651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd495f07511dc4826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac9ffbbc781847dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca4b8b0403f4330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14d487f561814651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.40% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>99,910</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,710</x:t>
-[...107 lines deleted...]
-          <x:t>101,395</x:t>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>