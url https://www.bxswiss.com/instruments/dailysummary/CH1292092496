--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R265420533d544de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc1881b5aac42ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a9bc22b4f994979"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re69f49d038734950"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7422a7ee85ca43a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a9bc22b4f994979" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f0f8d2c3984389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re69f49d038734950" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>102,910</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,910</x:t>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>103,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>104,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>