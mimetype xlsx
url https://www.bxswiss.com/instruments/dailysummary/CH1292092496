--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc1881b5aac42ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a96b1b0dee546d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re69f49d038734950"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0dfe9ca29f74f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f0f8d2c3984389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re69f49d038734950" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6438e88b87f744aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0dfe9ca29f74f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>101,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,435</x:t>
-[...58 lines deleted...]
-          <x:t>101,735</x:t>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>