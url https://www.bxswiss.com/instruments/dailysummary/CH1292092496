--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a96b1b0dee546d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff528adcd17440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0dfe9ca29f74f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9434e9f347954d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6438e88b87f744aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0dfe9ca29f74f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc340964cee1b409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9434e9f347954d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,600</x:t>
-[...16 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,160</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,365</x:t>
-[...161 lines deleted...]
-          <x:t>98,450</x:t>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>