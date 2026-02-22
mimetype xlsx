--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff528adcd17440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R494164beb4a84366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9434e9f347954d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80adc3f0de3411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc340964cee1b409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9434e9f347954d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc48d67fafdfc4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80adc3f0de3411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>97,160</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>95,860</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>98,540</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,315</x:t>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,025</x:t>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>