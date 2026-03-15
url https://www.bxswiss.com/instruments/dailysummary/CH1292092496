--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R494164beb4a84366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9809428f7b54f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80adc3f0de3411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485d8c41368a40fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc48d67fafdfc4273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80adc3f0de3411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cdc626116b14772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485d8c41368a40fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.00% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>100,020</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,430</x:t>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>100,965</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,220</x:t>
-[...161 lines deleted...]
-          <x:t>102,410</x:t>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>