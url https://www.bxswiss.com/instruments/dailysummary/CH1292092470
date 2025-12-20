--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4b568aa84c493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0dbdafc2a8748a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61949bd9f7a54a0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9be4a61dfb4d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c24ce1423b54b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61949bd9f7a54a0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93ec817823284079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9be4a61dfb4d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,090</x:t>
-[...630 lines deleted...]
-          <x:t>98,500</x:t>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>