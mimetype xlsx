--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0dbdafc2a8748a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de3f044cbdb46f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9be4a61dfb4d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6b0a8c1c40543e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93ec817823284079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9be4a61dfb4d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58eec98771b34a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6b0a8c1c40543e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>98,550</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,550</x:t>
-[...70 lines deleted...]
-          <x:t>100,120</x:t>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>100,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>