--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1de3f044cbdb46f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1577be9f62a0487a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6b0a8c1c40543e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c810ecda8dc4d92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58eec98771b34a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6b0a8c1c40543e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rced68866c45d4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c810ecda8dc4d92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,855</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,380</x:t>
-[...26 lines deleted...]
-          <x:t>102,390</x:t>
+          <x:t>102,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,270</x:t>
-        </x:is>
-[...354 lines deleted...]
-          <x:t>100,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>