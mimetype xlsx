--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1577be9f62a0487a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda5a8b41f4b241e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c810ecda8dc4d92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e57f2a15d1b4fec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rced68866c45d4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c810ecda8dc4d92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bbf513dde07465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e57f2a15d1b4fec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>102,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,130</x:t>
-[...65 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,170</x:t>
-[...6 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>102,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,160</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.02.2026</x:t>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,220</x:t>
-[...58 lines deleted...]
-          <x:t>102,270</x:t>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>