--- v0 (2025-10-04)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80be2c1190b74969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eba7018c9044e92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a5bb6e86b304952"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R357a98af18ac4f4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc47859d5c664831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a5bb6e86b304952" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5566a95a419c468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R357a98af18ac4f4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Broadcom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,240</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,010</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>101,665</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>