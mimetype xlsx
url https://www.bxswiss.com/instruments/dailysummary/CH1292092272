--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad2cbc097174cb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302fb3b3d13d433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R199635a932754be8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb292950d03754803"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3855b96dfd4d4c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R199635a932754be8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96eb1d787ac44be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb292950d03754803" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,685</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>101,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,835</x:t>
-[...549 lines deleted...]
-          <x:t>96,360</x:t>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>