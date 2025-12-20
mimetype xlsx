--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302fb3b3d13d433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70afb9a17a074539" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb292950d03754803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaedf5896f3b45d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96eb1d787ac44be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb292950d03754803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bfd8c968b04343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaedf5896f3b45d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,725</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>101,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>101,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>101,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,970</x:t>
-[...4 lines deleted...]
-          <x:t>102,110</x:t>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>