--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70afb9a17a074539" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb503c4fecf94e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaedf5896f3b45d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc758e2a0260645b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bfd8c968b04343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaedf5896f3b45d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1862eefbea94c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc758e2a0260645b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>