--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb503c4fecf94e79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac17ba581b5480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc758e2a0260645b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra340af4fa5e3400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1862eefbea94c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc758e2a0260645b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1918618a7c54a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra340af4fa5e3400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,795</x:t>
-[...21 lines deleted...]
-          <x:t>101,645</x:t>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,545</x:t>
+          <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...312 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>