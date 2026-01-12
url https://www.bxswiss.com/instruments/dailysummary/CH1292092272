--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac17ba581b5480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353a81fcf930469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra340af4fa5e3400c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7284dd54b7114e3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1918618a7c54a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra340af4fa5e3400c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc5f6a6a1404ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7284dd54b7114e3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>