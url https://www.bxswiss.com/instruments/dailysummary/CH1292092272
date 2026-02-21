--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353a81fcf930469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf841ca1affe4651" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7284dd54b7114e3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56abfa501184862"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc5f6a6a1404ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7284dd54b7114e3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e68afdc365e4e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56abfa501184862" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,910</x:t>
-[...43 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>101,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>