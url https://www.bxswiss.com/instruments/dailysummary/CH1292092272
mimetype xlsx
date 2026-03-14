--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf841ca1affe4651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad673ed445543c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56abfa501184862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c3160c803484943"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e68afdc365e4e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56abfa501184862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0cce22c26db468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c3160c803484943" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>