--- v0 (2025-12-27)
+++ v1 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2505581055d94024" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R252c5cafc1564fd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaf2ea4cb1b54948"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb6489b7aa7e4f82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9b646ae7154b1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaf2ea4cb1b54948" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfee25374e9e14cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb6489b7aa7e4f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>98,240</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,660</x:t>
-[...65 lines deleted...]
-          <x:t>99,670</x:t>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,400</x:t>
-[...11 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>99,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>101,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,015</x:t>
-[...296 lines deleted...]
-          <x:t>97,110</x:t>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>