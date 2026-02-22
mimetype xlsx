--- v1 (2026-01-16)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R252c5cafc1564fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95e232e19ea4466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb6489b7aa7e4f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe3ef142004490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfee25374e9e14cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb6489b7aa7e4f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3870336d854c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe3ef142004490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,330</x:t>
-[...75 lines deleted...]
-          <x:t>100,955</x:t>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,685</x:t>
-[...112 lines deleted...]
-          <x:t>100,905</x:t>
+          <x:t>101,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>