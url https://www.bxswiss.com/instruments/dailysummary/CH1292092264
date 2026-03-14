--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95e232e19ea4466d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11eea21aed3456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe3ef142004490d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a43d7984f7405f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f3870336d854c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe3ef142004490d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde1b1ea7c9654044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a43d7984f7405f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,115</x:t>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>100,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>100,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>99,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>101,265</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>