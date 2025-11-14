--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6ad3fbbcdb4eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa0ad00b7fe04545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc5ceac0cf9042ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11095fb9a65b47a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03698596a8114ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc5ceac0cf9042ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae4605451ebe4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11095fb9a65b47a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>98,160</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>98,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,570</x:t>
-[...85 lines deleted...]
-          <x:t>99,740</x:t>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>