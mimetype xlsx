--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa0ad00b7fe04545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876b62aacea4477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11095fb9a65b47a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e0d7810643d437e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae4605451ebe4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11095fb9a65b47a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278275cd7499493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e0d7810643d437e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>97,550</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,240</x:t>
-[...16 lines deleted...]
-          <x:t>97,510</x:t>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,460</x:t>
-[...426 lines deleted...]
-          <x:t>95,460</x:t>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>95,510</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>