--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876b62aacea4477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e49bd917a5843fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e0d7810643d437e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c3ea6f18e74f4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R278275cd7499493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e0d7810643d437e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb683f855f9c4f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c3ea6f18e74f4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>95,240</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>95,280</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>96,190</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>