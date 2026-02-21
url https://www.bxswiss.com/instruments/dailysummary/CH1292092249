--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e49bd917a5843fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32b0cc179574e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c3ea6f18e74f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103b0b4c96b44aca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb683f855f9c4f3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c3ea6f18e74f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b5055735f0456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103b0b4c96b44aca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>98,800</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,740</x:t>
-[...85 lines deleted...]
-          <x:t>100,200</x:t>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>