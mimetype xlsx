--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32b0cc179574e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9807645e354687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103b0b4c96b44aca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7c8a72a440d4b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b5055735f0456e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103b0b4c96b44aca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb8fe88ec569471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7c8a72a440d4b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,025</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>100,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>