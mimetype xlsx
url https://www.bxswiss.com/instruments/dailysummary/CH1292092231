--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb164a150f997453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea3f74f42b554562" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9a17fde4c24467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12d04245db84d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf0ca1f79880423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9a17fde4c24467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116fce3c5f47499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12d04245db84d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>102,970</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,070</x:t>
-[...21 lines deleted...]
-          <x:t>102,730</x:t>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,750</x:t>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,650</x:t>
-[...33 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,205</x:t>
-[...107 lines deleted...]
-          <x:t>102,960</x:t>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,680</x:t>
-[...107 lines deleted...]
-          <x:t>102,600</x:t>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>