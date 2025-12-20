--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea3f74f42b554562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebad4f47fe2e4eb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12d04245db84d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3a788a67a124e21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116fce3c5f47499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12d04245db84d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb426f5f2894b46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3a788a67a124e21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>102,960</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,630</x:t>
-[...80 lines deleted...]
-          <x:t>102,710</x:t>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,600</x:t>
-[...458 lines deleted...]
-          <x:t>101,855</x:t>
+          <x:t>102,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>