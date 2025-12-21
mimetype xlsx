--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebad4f47fe2e4eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8c3669548542bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3a788a67a124e21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe69fb9f32846e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb426f5f2894b46b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3a788a67a124e21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ec90229c3544ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe69fb9f32846e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>