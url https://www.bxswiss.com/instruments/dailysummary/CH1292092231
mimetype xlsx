--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8c3669548542bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65796bc3d7f644fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe69fb9f32846e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf92fde9694c04e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ec90229c3544ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe69fb9f32846e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c6d73c8bec42ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf92fde9694c04e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>102,490</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,170</x:t>
-[...119 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,490</x:t>
+          <x:t>102,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,720</x:t>
+          <x:t>102,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,750</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,750</x:t>
-[...6 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,770</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>102,870</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>102,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>