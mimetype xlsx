--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65796bc3d7f644fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a522e0e0757499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf92fde9694c04e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5325e0f40e64cbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c6d73c8bec42ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf92fde9694c04e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re86c244144b04ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5325e0f40e64cbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>102,100</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>102,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>