--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a522e0e0757499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7202f39cfea84d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5325e0f40e64cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab181061cefa4b6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re86c244144b04ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5325e0f40e64cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe8983fdd2564ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab181061cefa4b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>102,190</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,190</x:t>
-[...70 lines deleted...]
-          <x:t>102,130</x:t>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,755</x:t>
-[...6 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,805</x:t>
-[...16 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,635</x:t>
-[...107 lines deleted...]
-          <x:t>101,960</x:t>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,845</x:t>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>