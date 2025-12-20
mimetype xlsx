--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d5f4952cd84ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8accb8545b54d2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfed1be9a9a7426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98fc12943b9b4f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc662b88e1ae541e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfed1be9a9a7426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a0fff4746d14cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98fc12943b9b4f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Healthcare Innovation Select Equity NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...132 lines deleted...]
-          <x:t>14,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,735</x:t>
-[...65 lines deleted...]
-          <x:t>14,805</x:t>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,785</x:t>
-[...220 lines deleted...]
-          <x:t>15,020</x:t>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>