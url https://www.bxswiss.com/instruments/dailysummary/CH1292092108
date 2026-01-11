--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8accb8545b54d2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2164d408cc47a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98fc12943b9b4f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19957579ccb94103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a0fff4746d14cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98fc12943b9b4f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf4875b16c274dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19957579ccb94103" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Healthcare Innovation Select Equity NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>15,570</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>25.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,910</x:t>
-[...26 lines deleted...]
-          <x:t>16,040</x:t>
+          <x:t>15,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>16,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,110</x:t>
-[...215 lines deleted...]
-          <x:t>16,420</x:t>
+          <x:t>16,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>