--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d2164d408cc47a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f3eff938b34def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19957579ccb94103"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8509057538754849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf4875b16c274dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19957579ccb94103" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R591b01ed74fd48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8509057538754849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Healthcare Innovation Select Equity NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>16,320</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,220</x:t>
-[...296 lines deleted...]
-          <x:t>16,900</x:t>
+          <x:t>15,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>