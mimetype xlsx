--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f3eff938b34def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b09fe4e54ac49fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8509057538754849"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R520bac6fe0ba427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R591b01ed74fd48bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8509057538754849" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebc01c72dd8943cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R520bac6fe0ba427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Healthcare Innovation Select Equity NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>15,968</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,818</x:t>
-[...97 lines deleted...]
-          <x:t>15,326</x:t>
+          <x:t>15,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,246</x:t>
-[...220 lines deleted...]
-          <x:t>15,673</x:t>
+          <x:t>15,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>