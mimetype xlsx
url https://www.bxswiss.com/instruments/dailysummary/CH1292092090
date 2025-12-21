--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R254c69a620124c02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f419fd4b9584c00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf619586d76d44410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb380bd036b46f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a29896b06e2402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf619586d76d44410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2805dbd478c4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb380bd036b46f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Defence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...348 lines deleted...]
-          <x:t>53,215</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,160</x:t>
-[...80 lines deleted...]
-          <x:t>51,820</x:t>
+          <x:t>51,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>