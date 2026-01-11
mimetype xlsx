--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f419fd4b9584c00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99200a46976348f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafb380bd036b46f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc68fcb1923ea4739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2805dbd478c4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafb380bd036b46f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72485eb0425045c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc68fcb1923ea4739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Defence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,380</x:t>
-[...318 lines deleted...]
-          <x:t>50,285</x:t>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>51,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>52,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>51,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,550</x:t>
-[...117 lines deleted...]
-          <x:t>52,110</x:t>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>