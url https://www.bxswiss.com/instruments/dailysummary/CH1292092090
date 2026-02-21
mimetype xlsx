--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99200a46976348f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d34d6dc4e154ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc68fcb1923ea4739"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R845a663dad6f4a07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72485eb0425045c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc68fcb1923ea4739" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bbef48ea7da4d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R845a663dad6f4a07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Defence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,360</x:t>
-[...178 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>58,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,520</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,880</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,220</x:t>
-[...85 lines deleted...]
-          <x:t>59,030</x:t>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>