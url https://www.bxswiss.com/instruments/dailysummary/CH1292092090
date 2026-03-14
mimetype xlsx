--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d34d6dc4e154ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada561a759b84c18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R845a663dad6f4a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fca4c5986f34a79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bbef48ea7da4d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R845a663dad6f4a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf2120328d2404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fca4c5986f34a79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Defence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>59,970</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,060</x:t>
-[...70 lines deleted...]
-          <x:t>58,535</x:t>
+          <x:t>60,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,455</x:t>
+          <x:t>60,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>59,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>