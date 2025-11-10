--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R314bc9f5fb474310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a58d64f4e054b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769864d4ba97492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8304e52a46e248d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c214f7668134058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769864d4ba97492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f5fc13764134780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8304e52a46e248d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Dividend Growth Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,690</x:t>
-[...4 lines deleted...]
-          <x:t>11,600</x:t>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>11,610</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,610</x:t>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>11,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,730</x:t>
-[...11 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,770</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>11,870</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>11,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>