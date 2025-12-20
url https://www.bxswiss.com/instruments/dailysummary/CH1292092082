--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a58d64f4e054b29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d9b6399d21645a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8304e52a46e248d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b1d9e3eb594197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f5fc13764134780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8304e52a46e248d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b3973845b84aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b1d9e3eb594197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Dividend Growth Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>11,940</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,850</x:t>
-[...4 lines deleted...]
-          <x:t>11,870</x:t>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>