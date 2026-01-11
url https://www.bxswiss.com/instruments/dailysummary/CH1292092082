--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d9b6399d21645a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6091faeab2754409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b1d9e3eb594197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8467c68849b47b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b3973845b84aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b1d9e3eb594197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7357a3e620dd4c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8467c68849b47b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Dividend Growth Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>12,160</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,140</x:t>
+          <x:t>12,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>12,210</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,210</x:t>
+          <x:t>12,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,290</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>12,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,280</x:t>
-[...11 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,440</x:t>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,440</x:t>
-[...269 lines deleted...]
-          <x:t>12,330</x:t>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>