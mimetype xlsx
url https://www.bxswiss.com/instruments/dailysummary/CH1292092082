--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6091faeab2754409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c44bfd54cea40f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8467c68849b47b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98312c962dea4ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7357a3e620dd4c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8467c68849b47b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cac9a69cde47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98312c962dea4ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Dividend Growth Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,430</x:t>
-[...16 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,360</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...397 lines deleted...]
-          <x:t>12,560</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>