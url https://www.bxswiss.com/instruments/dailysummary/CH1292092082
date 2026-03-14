--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c44bfd54cea40f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2be84efcbf864346" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98312c962dea4ad4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R004a38b164dc42d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cac9a69cde47c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98312c962dea4ad4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775fc103fe5742c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R004a38b164dc42d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Dividend Growth Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,067</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>13,177</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,071</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>13,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,193</x:t>
-[...124 lines deleted...]
-          <x:t>13,275</x:t>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,243</x:t>
-[...134 lines deleted...]
-          <x:t>13,297</x:t>
+          <x:t>13,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>