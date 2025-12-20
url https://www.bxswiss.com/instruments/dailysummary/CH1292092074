--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148c248dbc984b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccefc7ab103340d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e783dc32f04b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R449c63e59c2d45b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d772735891d4428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e783dc32f04b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450754bc84c543da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R449c63e59c2d45b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Cyber Security Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>10,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>