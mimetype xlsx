--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccefc7ab103340d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d5cfd742474551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R449c63e59c2d45b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6846aa1ae7c64f47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450754bc84c543da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R449c63e59c2d45b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a48b2aafc3743f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6846aa1ae7c64f47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Cyber Security Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>9,915</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>9,685</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,645</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...418 lines deleted...]
-          <x:t>9,785</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,565</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>9,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>