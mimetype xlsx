--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d5cfd742474551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52b107e720b041e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6846aa1ae7c64f47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c355834ec04771"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a48b2aafc3743f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6846aa1ae7c64f47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68b887ffb1cd4d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c355834ec04771" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Cyber Security Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,465</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>9,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>9,565</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>