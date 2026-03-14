--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52b107e720b041e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8799be65dc194fd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c355834ec04771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e2933997ea49b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68b887ffb1cd4d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c355834ec04771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4331b2156680449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e2933997ea49b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Cyber Security Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,601</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,369</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>8,522</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,194</x:t>
-[...166 lines deleted...]
-          <x:t>8,319</x:t>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>