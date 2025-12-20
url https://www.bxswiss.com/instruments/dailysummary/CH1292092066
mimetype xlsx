--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a522bc274934692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5145dbfb76bd4778" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R213a05c8563e4a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8887f80e5e2b4f48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f1450d119149cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R213a05c8563e4a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ddf04fb2a28450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8887f80e5e2b4f48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Crypto &amp; Blockchain Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...439 lines deleted...]
-          <x:t>10,755</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>