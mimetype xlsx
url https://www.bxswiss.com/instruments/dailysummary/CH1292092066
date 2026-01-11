--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5145dbfb76bd4778" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0457b6855f94aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8887f80e5e2b4f48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8911b61226784f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ddf04fb2a28450f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8887f80e5e2b4f48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref16470a91294f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8911b61226784f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Crypto &amp; Blockchain Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,050</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,050</x:t>
+          <x:t>8,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>20.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,390</x:t>
-[...97 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,350</x:t>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,280</x:t>
-[...6 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,470</x:t>
-[...274 lines deleted...]
-          <x:t>8,340</x:t>
+          <x:t>8,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,380</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>8,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>