--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0457b6855f94aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re667f7e30d324510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8911b61226784f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84dd6602da434d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref16470a91294f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8911b61226784f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd27156417f1468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84dd6602da434d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Crypto &amp; Blockchain Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>8,150</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>8,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>