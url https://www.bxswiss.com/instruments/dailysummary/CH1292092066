--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re667f7e30d324510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb167378a727c467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84dd6602da434d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8532d88e8c4462c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd27156417f1468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84dd6602da434d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R522475712b024373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8532d88e8c4462c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Crypto &amp; Blockchain Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>6,745</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,414</x:t>
-[...328 lines deleted...]
-          <x:t>6,296</x:t>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>