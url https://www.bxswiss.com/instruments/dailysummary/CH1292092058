--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2779d27fcefd462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1294b620a164b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6cd4c3aab4c4947"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb1e8e6be2f4d85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R478066a05dcb4943" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6cd4c3aab4c4947" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca16e4d97cb419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb1e8e6be2f4d85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Artificial Intelligence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,365</x:t>
-[...70 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>57,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>59,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,835</x:t>
-[...220 lines deleted...]
-          <x:t>60,570</x:t>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>