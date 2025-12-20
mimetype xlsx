--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1294b620a164b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2186b82db69413d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radb1e8e6be2f4d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96a71d0bf994f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca16e4d97cb419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radb1e8e6be2f4d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccdf134b52d4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96a71d0bf994f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Artificial Intelligence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>59,170</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,835</x:t>
-[...11 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>59,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,530</x:t>
-[...112 lines deleted...]
-          <x:t>58,515</x:t>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>62,595</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>