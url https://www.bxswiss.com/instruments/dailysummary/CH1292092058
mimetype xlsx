--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2186b82db69413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c60b86101894271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc96a71d0bf994f08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23489bf7e01e4704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccdf134b52d4831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc96a71d0bf994f08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1da0da726b2491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23489bf7e01e4704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Artificial Intelligence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>58,505</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>60,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>59,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>59,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>61,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,225</x:t>
-[...11 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>62,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,495</x:t>
-[...252 lines deleted...]
-          <x:t>59,330</x:t>
+          <x:t>62,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>