--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c60b86101894271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470ed4a9b9b84e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23489bf7e01e4704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf177aa6ca1e4938"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1da0da726b2491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23489bf7e01e4704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e3e50db03054778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf177aa6ca1e4938" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Artificial Intelligence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>62,205</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,455</x:t>
-[...97 lines deleted...]
-          <x:t>58,035</x:t>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>62,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>