--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470ed4a9b9b84e0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb63b265a9c49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf177aa6ca1e4938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cbe920b35624535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e3e50db03054778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf177aa6ca1e4938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67211f178a94443a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cbe920b35624535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Saxo Artificial Intelligence Select Equity NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092058</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>60,030</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,555</x:t>
-[...33 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,845</x:t>
-[...129 lines deleted...]
-          <x:t>56,580</x:t>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,730</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>57,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,060</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>56,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>