--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4686dc47db64cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875b7b3f42794820" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R862d3cda3935425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16525437d254a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb44d753a23542c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R862d3cda3935425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da62a626ae04890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16525437d254a29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Bountiful Enhancing the Common Good US NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,260</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>