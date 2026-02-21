--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875b7b3f42794820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d2d2eabde64c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf16525437d254a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a97a7c9e1b34791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da62a626ae04890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf16525437d254a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9169c26e2347ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a97a7c9e1b34791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Bountiful Enhancing the Common Good US NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>112,700</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,300</x:t>
-[...242 lines deleted...]
-          <x:t>110,640</x:t>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>111,260</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>113,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>