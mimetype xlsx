--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d2d2eabde64c8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf39fc6e33fac44de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a97a7c9e1b34791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0b7ef55329540e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9169c26e2347ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a97a7c9e1b34791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd7f901dd49416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0b7ef55329540e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Bountiful Enhancing the Common Good US NTR Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292092033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>114,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,460</x:t>
-[...490 lines deleted...]
-          <x:t>120,600</x:t>
+          <x:t>113,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>