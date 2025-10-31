--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f552b5eb8cd46cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9a2f8488ae476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89700c1d6be943dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R881422a2cea849a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f7ffaf92cd4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89700c1d6be943dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca1da84bb8f4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R881422a2cea849a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Swissquote Global Defense (CHF) Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>27,780</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,755</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>28,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>28,318</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,353</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>28,633</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>29,693</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>