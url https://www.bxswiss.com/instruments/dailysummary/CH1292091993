--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9a2f8488ae476b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa7cca2b2b1a48f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R881422a2cea849a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra90415f9dc944004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca1da84bb8f4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R881422a2cea849a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac470cfcb0d4a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra90415f9dc944004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Swissquote Global Defense (CHF) Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,348</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>29,090</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>28,463</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,453</x:t>
-[...21 lines deleted...]
-          <x:t>28,085</x:t>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,840</x:t>
-[...242 lines deleted...]
-          <x:t>29,393</x:t>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>