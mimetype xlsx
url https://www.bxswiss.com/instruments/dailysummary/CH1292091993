--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa7cca2b2b1a48f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470253accc5349f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra90415f9dc944004"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7119444c21e14d33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac470cfcb0d4a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra90415f9dc944004" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8291af1b0b0d4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7119444c21e14d33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Swissquote Global Defense (CHF) Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>28,825</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,478</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>28,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,200</x:t>
-[...85 lines deleted...]
-          <x:t>28,180</x:t>
+          <x:t>28,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>