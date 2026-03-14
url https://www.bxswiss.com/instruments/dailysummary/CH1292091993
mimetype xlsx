--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R470253accc5349f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5961b1751bc04bed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7119444c21e14d33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0cdf91f250f4e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8291af1b0b0d4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7119444c21e14d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ea8869c4fe470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0cdf91f250f4e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Swissquote Global Defense (CHF) Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>30,558</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,503</x:t>
+          <x:t>30,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>31,638</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>