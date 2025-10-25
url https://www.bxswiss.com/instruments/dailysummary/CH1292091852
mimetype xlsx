--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e84f2ee8bb04632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc902255af74cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84229c412d2e4daf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ad0a8649a44825"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2014fe41035f4457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84229c412d2e4daf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18521c8fafed42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ad0a8649a44825" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,774</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,718</x:t>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,732</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...356 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,760</x:t>
-[...252 lines deleted...]
-          <x:t>1,781</x:t>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>