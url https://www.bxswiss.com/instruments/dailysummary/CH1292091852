--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc902255af74cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c8848387674685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44ad0a8649a44825"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69e54dcf21994ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18521c8fafed42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44ad0a8649a44825" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4537d57e8f75477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69e54dcf21994ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,350</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>