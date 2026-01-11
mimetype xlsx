--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0c8848387674685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R535020109f444a31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69e54dcf21994ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c0170e0c91c459d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4537d57e8f75477c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69e54dcf21994ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb090b0d6f3e4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c0170e0c91c459d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1,002</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,051</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...361 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,049</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>