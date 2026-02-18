--- v3 (2026-01-11)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R535020109f444a31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R532fdddd15bc4051" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c0170e0c91c459d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e49c517ae4f4907"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb090b0d6f3e4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c0170e0c91c459d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8eb54c389c4934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e49c517ae4f4907" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,881</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,898</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,912</x:t>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,882</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>0,992</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>