--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c31f18d03b64908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d52e08b657478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6fff0deea9e4535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54112095f04d4196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf27f442afbb45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6fff0deea9e4535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1678db6b67943bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54112095f04d4196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Stellar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>