--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d52e08b657478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14367b432c7f493c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54112095f04d4196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccfe678ed4c4ba2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1678db6b67943bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54112095f04d4196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0672e5553254ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccfe678ed4c4ba2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Stellar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,219</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>