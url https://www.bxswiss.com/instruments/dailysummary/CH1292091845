--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14367b432c7f493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65c5819bc2c741a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ccfe678ed4c4ba2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R778384beda7f48b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0672e5553254ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ccfe678ed4c4ba2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99fdd5facb64dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R778384beda7f48b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Stellar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>2,056</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,965</x:t>
-[...183 lines deleted...]
-          <x:t>1,827</x:t>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,852</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>1,757</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>