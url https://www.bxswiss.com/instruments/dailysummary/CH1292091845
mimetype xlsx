--- v3 (2026-01-11)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65c5819bc2c741a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf272a7780bef4617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R778384beda7f48b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c8b0cf763394a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99fdd5facb64dc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R778384beda7f48b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f041d0f4a804a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c8b0cf763394a76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Stellar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>1,696</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,699</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,674</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,714</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>1,702</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,690</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,854</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>