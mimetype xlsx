--- v4 (2026-02-18)
+++ v5 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf272a7780bef4617" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c2cbe2fae0460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c8b0cf763394a76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa160742d6914a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f041d0f4a804a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c8b0cf763394a76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792be6e9c40d4d8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa160742d6914a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Stellar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>1,387</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,320</x:t>
-[...43 lines deleted...]
-          <x:t>1,195</x:t>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,187</x:t>
-[...193 lines deleted...]
-          <x:t>1,301</x:t>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>