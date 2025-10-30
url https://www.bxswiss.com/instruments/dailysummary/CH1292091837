--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R297b534ea558493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c62fee944c4d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R909a22d17a2343b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceca66d8f0f84275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274d2dc5dd004278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R909a22d17a2343b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc78d9f500f2547ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceca66d8f0f84275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,766</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,520</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,843</x:t>
-[...146 lines deleted...]
-          <x:t>1,734</x:t>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,722</x:t>
+          <x:t>1,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,652</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,647</x:t>
-[...161 lines deleted...]
-          <x:t>1,826</x:t>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>