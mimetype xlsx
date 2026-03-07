--- v1 (2025-10-30)
+++ v2 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c62fee944c4d66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b4faa6f9ba4a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceca66d8f0f84275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b4399cdaee43b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc78d9f500f2547ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceca66d8f0f84275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c9a4e6ebad94fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b4399cdaee43b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>