--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b4faa6f9ba4a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4213e669a8494f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7b4399cdaee43b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4fa2635567149c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c9a4e6ebad94fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7b4399cdaee43b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R230a7b2371304573" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4fa2635567149c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Chainlink</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,762</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,743</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,761</x:t>
-[...426 lines deleted...]
-          <x:t>0,718</x:t>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,714</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>0,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>