--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10819c4f6ad14bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0feb03d0e5d487a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6269d4091347ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b3e61089864ff7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4130d256535414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6269d4091347ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e33e25d3c9a49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b3e61089864ff7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Avalanche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,337</x:t>
-[...286 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,254</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>2,438</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>