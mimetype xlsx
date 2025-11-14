--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0feb03d0e5d487a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e88380e9bb0445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b3e61089864ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9bdb2d1b2e4b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e33e25d3c9a49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b3e61089864ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd913add8de4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9bdb2d1b2e4b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Avalanche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>