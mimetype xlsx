--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e88380e9bb0445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7543344174d14da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9bdb2d1b2e4b88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0cf2e583c94d5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd913add8de4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9bdb2d1b2e4b88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6592a082b16844db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0cf2e583c94d5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Avalanche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,346</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>