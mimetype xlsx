--- v3 (2026-01-11)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7543344174d14da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f920283f6249d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0cf2e583c94d5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbd0dd9f5167445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6592a082b16844db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0cf2e583c94d5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c2c33767b64b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbd0dd9f5167445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Avalanche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,083</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,040</x:t>
-[...60 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,960</x:t>
-[...53 lines deleted...]
-          <x:t>0,942</x:t>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>1,138</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>