--- v4 (2026-02-18)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67f920283f6249d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4cc4bba2d445bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbd0dd9f5167445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35bcd2e2403c4939"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54c2c33767b64b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbd0dd9f5167445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf8c64eb82b64ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35bcd2e2403c4939" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Avalanche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,801</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,781</x:t>
-[...274 lines deleted...]
-          <x:t>0,719</x:t>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>