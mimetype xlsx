--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dabeb4dd7fd4440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5db2a5087f4dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R218523a14a76430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81b079bbf8f54d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81f424aa97694ed0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R218523a14a76430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9603a9fa751648fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81b079bbf8f54d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Dogecoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,725</x:t>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>2,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>