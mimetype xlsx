--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5db2a5087f4dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438a93c670114bb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81b079bbf8f54d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782084c18b784d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9603a9fa751648fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81b079bbf8f54d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1577f5c55b904f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782084c18b784d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Dogecoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,555</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>