--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438a93c670114bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d17d3e3de44273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R782084c18b784d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2442d7873b5e4c55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1577f5c55b904f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R782084c18b784d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a569cc82214150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2442d7873b5e4c55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Dogecoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...60 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,140</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,100</x:t>
-[...264 lines deleted...]
-          <x:t>1,220</x:t>
+          <x:t>1,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,150</x:t>
-        </x:is>
-[...273 lines deleted...]
-          <x:t>1,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>