--- v3 (2026-01-10)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2d17d3e3de44273" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19337eb48b894d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2442d7873b5e4c55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e8e233df364aa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a569cc82214150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2442d7873b5e4c55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b9755632f741fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e8e233df364aa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Dogecoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,080</x:t>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,040</x:t>
-[...97 lines deleted...]
-          <x:t>1,110</x:t>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,990</x:t>
-[...16 lines deleted...]
-          <x:t>1,110</x:t>
+          <x:t>0,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>1,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>