--- v4 (2026-02-18)
+++ v5 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19337eb48b894d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8655bbaea559497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1e8e233df364aa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9823e1c90c0b4f6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b9755632f741fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1e8e233df364aa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0488e1f40c7b4458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9823e1c90c0b4f6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Dogecoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,870</x:t>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,870</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,820</x:t>
-[...6 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,800</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...16 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>0,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,715</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...134 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,770</x:t>
-[...31 lines deleted...]
-          <x:t>0,790</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>