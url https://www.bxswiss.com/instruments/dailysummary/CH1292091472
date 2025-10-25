--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6951aa1f9142d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9a94e52e5f44d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5838c9a07124880"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7a0b88a2c44350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f52f350fcec4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5838c9a07124880" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2d1853676fc485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7a0b88a2c44350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>87,420</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,020</x:t>
-[...377 lines deleted...]
-          <x:t>83,260</x:t>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>