--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9a94e52e5f44d3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf955fac680af455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7a0b88a2c44350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4651a6d2e0804a76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2d1853676fc485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7a0b88a2c44350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf17cd72512a408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4651a6d2e0804a76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>82,900</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,660</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>84,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,220</x:t>
-[...4 lines deleted...]
-          <x:t>84,380</x:t>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>85,510</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,250</x:t>
-[...114 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>84,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,270</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>83,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,790</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,382 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>