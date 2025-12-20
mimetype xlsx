--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf955fac680af455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc286554d0bc4435a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4651a6d2e0804a76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc72f2323d6ae455f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf17cd72512a408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4651a6d2e0804a76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8957dcc367940ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc72f2323d6ae455f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>70,715</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>