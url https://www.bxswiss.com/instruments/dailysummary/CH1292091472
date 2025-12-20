--- v3 (2025-12-20)
+++ v4 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc286554d0bc4435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6d6dd687b74ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc72f2323d6ae455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ed595c16a0c466c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8957dcc367940ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc72f2323d6ae455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46766953bf67494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ed595c16a0c466c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -297,31 +290,38 @@
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>