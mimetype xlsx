--- v4 (2025-12-20)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6d6dd687b74ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0d0878ce534050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ed595c16a0c466c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c85408b97c04ac5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46766953bf67494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ed595c16a0c466c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f7f7a33c25f4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c85408b97c04ac5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>