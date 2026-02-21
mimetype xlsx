--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0d0878ce534050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c28b1e8a31b4a02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c85408b97c04ac5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafe2123e0e6f442f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f7f7a33c25f4f54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c85408b97c04ac5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fccda5e0574042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafe2123e0e6f442f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>