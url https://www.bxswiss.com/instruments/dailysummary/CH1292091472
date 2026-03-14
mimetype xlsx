--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c28b1e8a31b4a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45866df6a48f42e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafe2123e0e6f442f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1b645432f24a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94fccda5e0574042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafe2123e0e6f442f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc82d8632abe147a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1b645432f24a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091472</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>