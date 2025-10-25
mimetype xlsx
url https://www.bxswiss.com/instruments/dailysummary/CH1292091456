--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d81f2d81644b1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a85185e0084550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R391cd00d45bb4626"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3b946fe6034354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e34388f07a6410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R391cd00d45bb4626" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0fff88129c4f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3b946fe6034354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>101,185</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,085</x:t>
-[...436 lines deleted...]
-          <x:t>101,930</x:t>
+          <x:t>101,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>