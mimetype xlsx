--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a85185e0084550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6af3a48787c4ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3b946fe6034354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e411334efcd49dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0fff88129c4f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3b946fe6034354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc95249d74c71472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e411334efcd49dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,170</x:t>
-[...26 lines deleted...]
-          <x:t>102,290</x:t>
+          <x:t>103,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,120</x:t>
-[...205 lines deleted...]
-          <x:t>102,450</x:t>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,080</x:t>
-[...350 lines deleted...]
-          <x:t>101,615</x:t>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>