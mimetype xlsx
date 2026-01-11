--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6af3a48787c4ea0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe944872dd9949a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e411334efcd49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85e48a5b1ae4a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc95249d74c71472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e411334efcd49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9458c25eb2404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85e48a5b1ae4a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>96,960</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,460</x:t>
-[...16 lines deleted...]
-          <x:t>96,630</x:t>
+          <x:t>96,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,920</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>96,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>