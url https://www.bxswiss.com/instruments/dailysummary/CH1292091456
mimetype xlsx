--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe944872dd9949a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a19aca0027e4281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd85e48a5b1ae4a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65fab1085684bd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9458c25eb2404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd85e48a5b1ae4a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R048771023c014137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65fab1085684bd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>97,340</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>99,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>98,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>