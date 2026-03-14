--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a19aca0027e4281" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac120601c9ab4267" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65fab1085684bd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d4630b9d2364a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R048771023c014137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65fab1085684bd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R503ffc0b773d4726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d4630b9d2364a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.00% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,045</x:t>
-[...333 lines deleted...]
-          <x:t>102,180</x:t>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>