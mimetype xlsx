--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R114c7739ea0b4c18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528af505561348bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd0fd57c189649ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ead6f117ce4c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b25550225f4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd0fd57c189649ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf218ad15cb024a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ead6f117ce4c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>91,980</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,630</x:t>
-[...323 lines deleted...]
-          <x:t>91,190</x:t>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,870</x:t>
-[...9 lines deleted...]
-          <x:t>95,840</x:t>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>