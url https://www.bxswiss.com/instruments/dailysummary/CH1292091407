--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528af505561348bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fbe49e58f1468b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13ead6f117ce4c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9071c57142984de5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf218ad15cb024a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13ead6f117ce4c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6390b5a2deb4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9071c57142984de5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>95,830</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>93,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>09.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,630</x:t>
-[...306 lines deleted...]
-          <x:t>94,420</x:t>
+          <x:t>95,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>