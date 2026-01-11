--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fbe49e58f1468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37049417c7444ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9071c57142984de5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc363b21f7144c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6390b5a2deb4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9071c57142984de5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R938c4c084f5d46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc363b21f7144c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,170</x:t>
-[...333 lines deleted...]
-          <x:t>95,330</x:t>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>