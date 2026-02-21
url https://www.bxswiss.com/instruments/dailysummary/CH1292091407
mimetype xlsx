--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37049417c7444ea6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70a884dfb6ac4983" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc363b21f7144c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61b44b720e594ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R938c4c084f5d46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc363b21f7144c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6584479fb0464ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61b44b720e594ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,450</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>