--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd9ce3f387e4fb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9d09bad50ce4836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841c47cbd7d443d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46bbf9ae45c146b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76f3f8b236848b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841c47cbd7d443d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c3e06aa9494059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46bbf9ae45c146b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>103,285</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,285</x:t>
-[...21 lines deleted...]
-          <x:t>103,615</x:t>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>103,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,595</x:t>
-[...114 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>104,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>