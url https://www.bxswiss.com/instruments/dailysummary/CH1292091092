--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9d09bad50ce4836" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1aa3dd8da2747f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46bbf9ae45c146b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a0f4bece2e8420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c3e06aa9494059" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46bbf9ae45c146b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3fe78e98af740a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a0f4bece2e8420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>104,085</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,535</x:t>
-[...6 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,305</x:t>
-        </x:is>
-[...607 lines deleted...]
-          <x:t>104,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>