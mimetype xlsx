--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1aa3dd8da2747f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e200700a664987" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a0f4bece2e8420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafd98f0ed7b4d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3fe78e98af740a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a0f4bece2e8420a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f59a71d3330459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafd98f0ed7b4d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>102,050</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>103,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>