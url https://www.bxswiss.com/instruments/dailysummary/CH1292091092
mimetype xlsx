--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e200700a664987" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R761a05ea69b44efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafd98f0ed7b4d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff090f1aa334c03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f59a71d3330459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafd98f0ed7b4d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bf34981432c4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff090f1aa334c03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>