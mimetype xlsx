--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52771d73b2ab473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba4101616144ff3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05eca48469334374"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15dfc8b3eb0140a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8538a56a3ee247c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05eca48469334374" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R717c048ba00746a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15dfc8b3eb0140a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>101,705</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,485</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>102,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,410</x:t>
-[...75 lines deleted...]
-          <x:t>102,410</x:t>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...370 lines deleted...]
-          <x:t>103,030</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>