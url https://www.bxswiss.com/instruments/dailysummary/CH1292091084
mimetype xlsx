--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba4101616144ff3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ecfb4a3ca24afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15dfc8b3eb0140a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62a1f991611e4c0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R717c048ba00746a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15dfc8b3eb0140a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff055f46e3fd4f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62a1f991611e4c0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>103,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,740</x:t>
-[...168 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>103,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,900</x:t>
-[...274 lines deleted...]
-          <x:t>103,185</x:t>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>