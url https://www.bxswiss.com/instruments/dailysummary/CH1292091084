--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ecfb4a3ca24afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc738e4aa314eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62a1f991611e4c0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ca1eff8c284e93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff055f46e3fd4f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62a1f991611e4c0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5f12f53330465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ca1eff8c284e93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>101,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>101,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,085</x:t>
-[...517 lines deleted...]
-          <x:t>101,255</x:t>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>