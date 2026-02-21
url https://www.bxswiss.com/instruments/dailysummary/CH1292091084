--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc738e4aa314eae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e3f767b9d14377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ca1eff8c284e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9877a8344332464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5f12f53330465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ca1eff8c284e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d823120d2f4e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9877a8344332464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>101,465</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,015</x:t>
-[...350 lines deleted...]
-          <x:t>102,300</x:t>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>