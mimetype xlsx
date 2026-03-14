--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e3f767b9d14377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e684c20254141bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9877a8344332464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce36ab8782f4bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d823120d2f4e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9877a8344332464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R640297507b8e4b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce36ab8782f4bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Coinbase</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>93,850</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>91,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,400</x:t>
-[...296 lines deleted...]
-          <x:t>94,160</x:t>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>