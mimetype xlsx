--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f565ef3003e4114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra746018340fc4458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaae0872c3da47b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817fff8e0dd34a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re924bd6e45d9404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaae0872c3da47b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaf938b304f84411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817fff8e0dd34a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adobe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,040</x:t>
-[...102 lines deleted...]
-          <x:t>91,520</x:t>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>93,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,950</x:t>
-[...166 lines deleted...]
-          <x:t>92,480</x:t>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>