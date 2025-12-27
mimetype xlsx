--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra746018340fc4458" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd340b25e13bf43ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R817fff8e0dd34a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fdb02e6cff4d3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaf938b304f84411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R817fff8e0dd34a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db5b6b155074421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fdb02e6cff4d3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adobe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,430</x:t>
-[...58 lines deleted...]
-          <x:t>91,280</x:t>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,340</x:t>
-[...264 lines deleted...]
-          <x:t>93,880</x:t>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,630</x:t>
-[...4 lines deleted...]
-          <x:t>93,630</x:t>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>