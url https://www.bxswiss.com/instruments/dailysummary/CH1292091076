--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd340b25e13bf43ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905816d22e1549ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fdb02e6cff4d3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6673088b59e441fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db5b6b155074421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fdb02e6cff4d3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b186ec8b444968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6673088b59e441fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adobe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>89,450</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>96,820</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>