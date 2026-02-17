--- v3 (2026-01-16)
+++ v4 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905816d22e1549ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e6f75183ce455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6673088b59e441fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf48432348a64bc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b186ec8b444968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6673088b59e441fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e03970b8fa47e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf48432348a64bc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adobe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>