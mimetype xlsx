--- v4 (2026-02-17)
+++ v5 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e6f75183ce455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25f08eaaf489496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf48432348a64bc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75238d36b1734bb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e03970b8fa47e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf48432348a64bc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b5b8547a5d84ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75238d36b1734bb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adobe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>77,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>