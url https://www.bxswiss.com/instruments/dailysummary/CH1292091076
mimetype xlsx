--- v5 (2026-03-09)
+++ v6 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25f08eaaf489496b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52a77cce5584161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75238d36b1734bb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b1d82959134031"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b5b8547a5d84ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75238d36b1734bb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3de793de63747a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b1d82959134031" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Adobe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,165 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>