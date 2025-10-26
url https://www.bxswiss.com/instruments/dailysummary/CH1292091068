--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd80b50e50a14b3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a00c641ac8f4b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4bfc1997244348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79c2070205f47ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf196333f1f8c4ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4bfc1997244348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec91d58a017f4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79c2070205f47ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>87,140</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,460</x:t>
-[...227 lines deleted...]
-          <x:t>86,530</x:t>
+          <x:t>84,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,950</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>85,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,060</x:t>
-[...193 lines deleted...]
-          <x:t>82,010</x:t>
+          <x:t>86,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>