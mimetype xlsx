--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a00c641ac8f4b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce531c92b2f489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79c2070205f47ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c6482613f74082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec91d58a017f4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79c2070205f47ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cfb80add7ad4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c6482613f74082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>85,180</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>