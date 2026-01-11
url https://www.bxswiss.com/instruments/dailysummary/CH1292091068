--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce531c92b2f489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ed90e5c4884df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c6482613f74082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17429a6f33f647a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cfb80add7ad4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c6482613f74082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d6f27252464989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17429a6f33f647a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>93,490</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,390</x:t>
-[...318 lines deleted...]
-          <x:t>92,840</x:t>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>93,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>