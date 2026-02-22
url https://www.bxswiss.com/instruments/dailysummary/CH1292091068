--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ed90e5c4884df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fe26f31e024023" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17429a6f33f647a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91cb0a09639745bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d6f27252464989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17429a6f33f647a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bda77527fd141c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91cb0a09639745bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,800</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>