--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152d56e57d89495d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619d597b461c42ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bcd48a62da747a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5076feeff5644471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5b6f73920049d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bcd48a62da747a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9302f18699cb444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5076feeff5644471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>