--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619d597b461c42ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd4d31b489d4ff1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5076feeff5644471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62d7cbb4d464690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9302f18699cb444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5076feeff5644471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35cb0c3d47794192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62d7cbb4d464690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,700</x:t>
-[...4 lines deleted...]
-          <x:t>92,150</x:t>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,510</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>17.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,630</x:t>
-[...306 lines deleted...]
-          <x:t>96,860</x:t>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>