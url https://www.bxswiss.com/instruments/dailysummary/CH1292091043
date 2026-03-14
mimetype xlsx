--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd4d31b489d4ff1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13f170d70e014b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62d7cbb4d464690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566ecd7804c74b2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35cb0c3d47794192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62d7cbb4d464690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5164790cb6ac4a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566ecd7804c74b2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.40% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,980</x:t>
-[...26 lines deleted...]
-          <x:t>96,460</x:t>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-          <x:t>03.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,890</x:t>
-[...360 lines deleted...]
-          <x:t>96,230</x:t>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>