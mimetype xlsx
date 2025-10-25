--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf15d5bad61d14a47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42dc27468a354a7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ef27a8c3e424a8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d494baf4f449d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f4d7708c534695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ef27a8c3e424a8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4600c1e2c744460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d494baf4f449d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on AXA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>95,710</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>04.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,030</x:t>
-[...43 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,940</x:t>
-[...188 lines deleted...]
-          <x:t>97,600</x:t>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,030</x:t>
-[...323 lines deleted...]
-          <x:t>97,880</x:t>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>