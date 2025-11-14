--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42dc27468a354a7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94c2d75c9014e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d494baf4f449d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c42df26f4c649cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4600c1e2c744460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d494baf4f449d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3801275e04e468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c42df26f4c649cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on AXA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,720</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,480</x:t>
-[...625 lines deleted...]
-          <x:t>96,830</x:t>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>