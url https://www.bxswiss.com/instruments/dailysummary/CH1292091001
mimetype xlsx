--- v2 (2025-11-14)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc94c2d75c9014e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a78790ad0c4d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c42df26f4c649cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R436462a8ef5b4db1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3801275e04e468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c42df26f4c649cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78563d2b16a4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R436462a8ef5b4db1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on AXA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,640</x:t>
-[...26 lines deleted...]
-          <x:t>96,560</x:t>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,180</x:t>
-[...48 lines deleted...]
-          <x:t>96,590</x:t>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,690</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,040</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>97,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>