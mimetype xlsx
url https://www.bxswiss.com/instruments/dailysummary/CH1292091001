--- v3 (2026-02-22)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a78790ad0c4d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff0f25e12494137" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R436462a8ef5b4db1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02e8cfc063b44fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78563d2b16a4cd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R436462a8ef5b4db1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf03769051c4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02e8cfc063b44fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on AXA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292091001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>95,900</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,440</x:t>
-[...146 lines deleted...]
-          <x:t>95,520</x:t>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>96,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,470</x:t>
-[...21 lines deleted...]
-          <x:t>96,510</x:t>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>95,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,390</x:t>
-[...16 lines deleted...]
-          <x:t>95,290</x:t>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,660</x:t>
-[...161 lines deleted...]
-          <x:t>97,040</x:t>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>