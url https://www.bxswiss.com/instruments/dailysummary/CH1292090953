--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b80c7c7d0244b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02b13efd474e4c84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff5e8354ebdd43ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ae12a2beae4fc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3e66f4291a04eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff5e8354ebdd43ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6c8fc4aec04c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ae12a2beae4fc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.60% p.a. Multi Reverse Convertible on Givaudan, Holcim Amrize Basket, Novartis, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>99,770</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,010</x:t>
-[...65 lines deleted...]
-          <x:t>99,330</x:t>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,860</x:t>
-[...178 lines deleted...]
-          <x:t>97,850</x:t>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>98,540</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>