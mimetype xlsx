--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02b13efd474e4c84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789525d743b6410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ae12a2beae4fc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc922fff85b854172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6c8fc4aec04c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ae12a2beae4fc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e4975e289946ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc922fff85b854172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.60% p.a. Multi Reverse Convertible on Givaudan, Holcim Amrize Basket, Novartis, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>98,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,910</x:t>
-[...38 lines deleted...]
-          <x:t>97,710</x:t>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,440</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>96,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>