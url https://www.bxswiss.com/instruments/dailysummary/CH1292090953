--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789525d743b6410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1cf80776264d81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc922fff85b854172"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f668ce5f757427d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e4975e289946ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc922fff85b854172" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75c09a608dc14deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f668ce5f757427d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.60% p.a. Multi Reverse Convertible on Givaudan, Holcim Amrize Basket, Novartis, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>