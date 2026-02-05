--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1cf80776264d81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2364fafdc343ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f668ce5f757427d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59da47a6f4343f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75c09a608dc14deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f668ce5f757427d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1300d262fa834215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59da47a6f4343f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.60% p.a. Multi Reverse Convertible on Givaudan, Holcim Amrize Basket, Novartis, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>93,920</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>95,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,610</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>94,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>95,130</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,080</x:t>
-[...70 lines deleted...]
-          <x:t>95,100</x:t>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>94,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>