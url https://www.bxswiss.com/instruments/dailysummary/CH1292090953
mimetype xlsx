--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2364fafdc343ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29030146c834ab1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59da47a6f4343f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ab208488cb4d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1300d262fa834215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59da47a6f4343f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ad6519e6924ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ab208488cb4d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.60% p.a. Multi Reverse Convertible on Givaudan, Holcim Amrize Basket, Novartis, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>93,490</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,300</x:t>
-[...139 lines deleted...]
-          <x:t>92,430</x:t>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>