--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29030146c834ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3702b8727a2446fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ab208488cb4d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4522609796a48a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ad6519e6924ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ab208488cb4d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R230a4e7947a840dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4522609796a48a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.60% p.a. Multi Reverse Convertible on Givaudan, Holcim Amrize Basket, Novartis, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>93,390</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>92,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,580</x:t>
-[...485 lines deleted...]
-          <x:t>93,640</x:t>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>