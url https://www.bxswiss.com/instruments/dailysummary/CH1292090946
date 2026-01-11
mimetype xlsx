--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f30a6b2715423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb85ac6ca459489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c04bac39fa48a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea27f2f37a948eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483b89bea0794738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c04bac39fa48a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7415eba37b58417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea27f2f37a948eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Multi Reverse Convertible on Richemont, Logitech, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>100,745</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...32 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,155</x:t>
-        </x:is>
-[...499 lines deleted...]
-          <x:t>101,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>