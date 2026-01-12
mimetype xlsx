--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb85ac6ca459489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ab554312fc4353" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea27f2f37a948eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb216a14efa3b4b17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7415eba37b58417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea27f2f37a948eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4917b6eb65a4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb216a14efa3b4b17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Multi Reverse Convertible on Richemont, Logitech, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>