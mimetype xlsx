--- v2 (2026-01-12)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94ab554312fc4353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree58a0ba33ba45c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb216a14efa3b4b17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d9fe39660764a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4917b6eb65a4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb216a14efa3b4b17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfc28821f2124037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d9fe39660764a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Multi Reverse Convertible on Richemont, Logitech, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>101,155</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>