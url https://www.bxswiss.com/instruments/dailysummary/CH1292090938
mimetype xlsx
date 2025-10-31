--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7abde45e0148ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a803186360e47e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cbb9c9b1264441c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae01d205332e49ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c719b446a3c4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cbb9c9b1264441c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5761dbb34ff4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae01d205332e49ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Multi Reverse Convertible on Adecco, Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>97,640</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>97,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,810</x:t>
-[...436 lines deleted...]
-          <x:t>98,790</x:t>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>