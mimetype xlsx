--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a803186360e47e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf0480269ded4242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae01d205332e49ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b26c2d31a54792"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5761dbb34ff4e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae01d205332e49ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb47de2b335743a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b26c2d31a54792" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Multi Reverse Convertible on Adecco, Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>96,770</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,590</x:t>
-[...350 lines deleted...]
-          <x:t>96,960</x:t>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>96,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>