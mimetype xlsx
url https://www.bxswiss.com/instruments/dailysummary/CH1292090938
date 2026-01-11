--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf0480269ded4242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16e6ec8ef182465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b26c2d31a54792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18eb00be5bc487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb47de2b335743a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b26c2d31a54792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radf03a3b2a984c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18eb00be5bc487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Multi Reverse Convertible on Adecco, Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>98,480</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,330</x:t>
-[...97 lines deleted...]
-          <x:t>98,770</x:t>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,450</x:t>
-[...200 lines deleted...]
-          <x:t>97,160</x:t>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,980</x:t>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,690</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>97,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>