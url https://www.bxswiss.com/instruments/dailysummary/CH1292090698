--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a8b180e265e4853" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df21f6603bd455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4bd675daba347e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b35b0efebd477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2008caa512444c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4bd675daba347e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e591670688a4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b35b0efebd477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Clariant</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>91,970</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,060</x:t>
-[...48 lines deleted...]
-          <x:t>92,420</x:t>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,140</x:t>
-[...4 lines deleted...]
-          <x:t>88,930</x:t>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>91,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>