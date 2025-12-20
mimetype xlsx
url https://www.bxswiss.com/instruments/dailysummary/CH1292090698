--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df21f6603bd455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2a9e941da54117" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b35b0efebd477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48d12c7b2f442dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e591670688a4944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b35b0efebd477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reac7659705e046e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48d12c7b2f442dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Clariant</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,530</x:t>
-[...75 lines deleted...]
-          <x:t>90,720</x:t>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>20.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,110</x:t>
-[...97 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>90,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>