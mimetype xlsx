--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2a9e941da54117" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27a58b7570034769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48d12c7b2f442dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8818344927b4f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reac7659705e046e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48d12c7b2f442dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88d2b6fd44774682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8818344927b4f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Clariant</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>89,420</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>91,030</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,540</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>90,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>90,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,820</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>92,650</x:t>
-        </x:is>
-[...170 lines deleted...]
-          <x:t>90,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>