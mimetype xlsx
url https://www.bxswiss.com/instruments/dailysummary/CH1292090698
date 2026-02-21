--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27a58b7570034769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d6bf3479254ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8818344927b4f22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7a3e48aef74245"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88d2b6fd44774682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8818344927b4f22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18aea7abab754911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7a3e48aef74245" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Clariant</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>90,420</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,630</x:t>
-[...328 lines deleted...]
-          <x:t>92,650</x:t>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>