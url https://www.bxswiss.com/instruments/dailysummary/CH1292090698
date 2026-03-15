--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6d6bf3479254ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564a75440c274430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7a3e48aef74245"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804d9044fdc54856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18aea7abab754911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7a3e48aef74245" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59283b2a7454b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804d9044fdc54856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Clariant</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>91,830</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,530</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>94,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>94,520</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>