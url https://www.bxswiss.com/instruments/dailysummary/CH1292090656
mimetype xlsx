--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c5b4aeba1b44954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c326fe99a24a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bfe09bd6fde4217"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refcb1b8bfc58484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1d1b6030b8747d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bfe09bd6fde4217" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d56ee250e3f42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refcb1b8bfc58484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>100,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,590</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>100,520</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,440</x:t>
-[...340 lines deleted...]
-          <x:t>100,715</x:t>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,715</x:t>
-[...139 lines deleted...]
-          <x:t>100,835</x:t>
+          <x:t>100,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>