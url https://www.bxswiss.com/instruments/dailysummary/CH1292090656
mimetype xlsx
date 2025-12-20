--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c326fe99a24a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7162a142f24674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refcb1b8bfc58484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf04ed976be54b4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d56ee250e3f42fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refcb1b8bfc58484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb982a42b59f14ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf04ed976be54b4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,665</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,480</x:t>
-[...6 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>100,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,570</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>100,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,715</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,905</x:t>
-[...43 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...347 lines deleted...]
-          <x:t>100,975</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,975</x:t>
-[...31 lines deleted...]
-          <x:t>100,935</x:t>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>