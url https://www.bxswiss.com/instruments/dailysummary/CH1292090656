--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7162a142f24674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549681f78cab4f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf04ed976be54b4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4e60b02afa4284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb982a42b59f14ed6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf04ed976be54b4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94357975f9d6420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4e60b02afa4284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,625</x:t>
-[...544 lines deleted...]
-          <x:t>101,735</x:t>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>