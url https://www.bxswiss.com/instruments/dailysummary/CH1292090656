--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549681f78cab4f48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43ee1652e354705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e4e60b02afa4284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc384888d437d430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94357975f9d6420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e4e60b02afa4284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc69fcdf6880b4a7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc384888d437d430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on UniCredit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090656</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,960</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>