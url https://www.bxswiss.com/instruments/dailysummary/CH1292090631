--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f259423a38e4bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3024878128a24043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76f1049d2f0431d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93938dcabbeb45b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d2c0a58a1f341b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76f1049d2f0431d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a709cff7674b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93938dcabbeb45b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>97,060</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,960</x:t>
-[...387 lines deleted...]
-          <x:t>98,380</x:t>
+          <x:t>97,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>