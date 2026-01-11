--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3024878128a24043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6986f12912a04813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93938dcabbeb45b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R374779cb98244e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a709cff7674b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93938dcabbeb45b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b087cf91f1041e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R374779cb98244e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>