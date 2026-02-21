--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6986f12912a04813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3712fd685f4554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R374779cb98244e19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8982b99f01549a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b087cf91f1041e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R374779cb98244e19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1169eea8f12b48ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8982b99f01549a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,880</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,150</x:t>
-[...33 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,560</x:t>
-        </x:is>
-[...391 lines deleted...]
-          <x:t>98,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>