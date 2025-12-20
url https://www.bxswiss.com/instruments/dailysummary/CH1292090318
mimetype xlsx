--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd0c9fa969fc449e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R689535fedbd64061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233de0c15283416d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6e1fe0824584202"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11afde23fe844b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233de0c15283416d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc45477cadff14e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6e1fe0824584202" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,310</x:t>
-[...630 lines deleted...]
-          <x:t>99,170</x:t>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>