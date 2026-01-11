--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R689535fedbd64061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6417705ac475491d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6e1fe0824584202"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe90d5e50d2442f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc45477cadff14e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6e1fe0824584202" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2582fdbe11c4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe90d5e50d2442f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>100,645</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,645</x:t>
-[...16 lines deleted...]
-          <x:t>100,965</x:t>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,935</x:t>
-[...38 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,255</x:t>
-[...129 lines deleted...]
-          <x:t>101,045</x:t>
+          <x:t>101,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,045</x:t>
-[...43 lines deleted...]
-          <x:t>101,255</x:t>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,185</x:t>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,435</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>18.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,465</x:t>
-[...36 lines deleted...]
-          <x:t>101,465</x:t>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>