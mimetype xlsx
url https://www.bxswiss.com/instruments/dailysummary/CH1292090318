--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6417705ac475491d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c1d4f7f0c84b02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe90d5e50d2442f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbd401b49754e7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2582fdbe11c4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe90d5e50d2442f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7523bea5e24484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbd401b49754e7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292090318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,865</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>