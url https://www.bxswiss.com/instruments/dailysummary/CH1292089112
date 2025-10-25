--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26dfee39d43641b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40cd430503b445ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3caa878462784a9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46ef01078da41fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c2d8cf6c974cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3caa878462784a9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5cae8347694fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46ef01078da41fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Lido DAO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,735</x:t>
-[...603 lines deleted...]
-          <x:t>12,705</x:t>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>