--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40cd430503b445ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a2878ba2a64fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46ef01078da41fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b16b25f3b3a421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c5cae8347694fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46ef01078da41fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e6982989e1849ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b16b25f3b3a421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Lido DAO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>9,375</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>