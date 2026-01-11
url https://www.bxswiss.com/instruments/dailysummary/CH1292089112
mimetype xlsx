--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a2878ba2a64fa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23eb3c0a5837417a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b16b25f3b3a421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70175d7823fa4b7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e6982989e1849ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b16b25f3b3a421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R451fd8dc8d0f46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70175d7823fa4b7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Lido DAO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>04.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,745</x:t>
-        </x:is>
-[...310 lines deleted...]
-          <x:t>5,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>