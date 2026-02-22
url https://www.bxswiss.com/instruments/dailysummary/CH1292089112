--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23eb3c0a5837417a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a0ab95825544d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70175d7823fa4b7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd18a1fd9f13401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R451fd8dc8d0f46f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70175d7823fa4b7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5589d3ac9ae416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd18a1fd9f13401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Lido DAO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>5,960</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,515</x:t>
-[...97 lines deleted...]
-          <x:t>5,675</x:t>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,615</x:t>
-[...188 lines deleted...]
-          <x:t>6,745</x:t>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>