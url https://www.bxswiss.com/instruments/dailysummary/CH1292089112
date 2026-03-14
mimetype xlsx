--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a0ab95825544d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61130a6bf34045ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd18a1fd9f13401e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7535237755074a2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5589d3ac9ae416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd18a1fd9f13401e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R533a5b9204074af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7535237755074a2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Lido DAO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,645</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,535</x:t>
-[...151 lines deleted...]
-          <x:t>3,575</x:t>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,455</x:t>
-[...26 lines deleted...]
-          <x:t>3,555</x:t>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>