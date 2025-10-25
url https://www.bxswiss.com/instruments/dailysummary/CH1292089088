--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7facb9070ffc4b9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0c08a763a1471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8829cf8ace4daf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b3b1c287194ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11144ecd7871451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8829cf8ace4daf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67ec9c7f7cb74e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b3b1c287194ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>8,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,665</x:t>
-[...48 lines deleted...]
-          <x:t>8,685</x:t>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,575</x:t>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>8,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,190</x:t>
-[...139 lines deleted...]
-          <x:t>8,970</x:t>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>