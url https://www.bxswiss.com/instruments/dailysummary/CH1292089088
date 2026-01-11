--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0c08a763a1471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7346db2ecceb4348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22b3b1c287194ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed9ffb2ea684bef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67ec9c7f7cb74e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22b3b1c287194ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc198c11a298b4c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed9ffb2ea684bef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>6,695</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>