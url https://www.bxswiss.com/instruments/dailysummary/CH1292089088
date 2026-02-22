--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7346db2ecceb4348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10581542c5b2406f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed9ffb2ea684bef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba85fb44f564fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc198c11a298b4c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed9ffb2ea684bef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0d1448e4144888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba85fb44f564fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>4,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,990</x:t>
-[...16 lines deleted...]
-          <x:t>4,100</x:t>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,950</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,850</x:t>
-[...139 lines deleted...]
-          <x:t>4,715</x:t>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>