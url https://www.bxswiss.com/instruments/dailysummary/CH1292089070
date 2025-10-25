--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd76acc381b4538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra21d949503f34a9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R365474b9ec904228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafcfe40edaa346f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7328059c328d4418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R365474b9ec904228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc8d4ac258b4d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafcfe40edaa346f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,790</x:t>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,675</x:t>
-[...357 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,535</x:t>
-[...198 lines deleted...]
-          <x:t>7,645</x:t>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>