--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra21d949503f34a9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54cbd37aa0e1469a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafcfe40edaa346f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a03f0d79d94f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc8d4ac258b4d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafcfe40edaa346f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb361db0191e48bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a03f0d79d94f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>5,770</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>