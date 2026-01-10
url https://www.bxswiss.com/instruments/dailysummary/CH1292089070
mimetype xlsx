--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54cbd37aa0e1469a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a21f4283664923" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a03f0d79d94f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9ca47b755e048bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb361db0191e48bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a03f0d79d94f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R771cebc00d8a45d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9ca47b755e048bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>4,150</x:t>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,575</x:t>
-[...97 lines deleted...]
-          <x:t>4,305</x:t>
+          <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...57 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,920</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>