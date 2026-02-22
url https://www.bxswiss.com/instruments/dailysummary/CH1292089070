--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a21f4283664923" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3133686a23be4d86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9ca47b755e048bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591a79eb3c42431b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R771cebc00d8a45d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9ca47b755e048bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa178273b8d4519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591a79eb3c42431b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>3,385</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,345</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>3,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,275</x:t>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>4,070</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>