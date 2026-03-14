--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3133686a23be4d86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c78c6f3b5c6460b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591a79eb3c42431b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b1ebcfde2d46e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa178273b8d4519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591a79eb3c42431b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0830b3b5754f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b1ebcfde2d46e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,725</x:t>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,475</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,675</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>2,665</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>2,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>