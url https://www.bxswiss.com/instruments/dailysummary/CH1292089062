--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2601ec48a9094ddc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad9b653bd364dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf388a661ee584a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb183c56c955149fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1871af9f263245af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf388a661ee584a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb4fa1f2b62a42d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb183c56c955149fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>7,445</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,210</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...413 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,090</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>6,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,850</x:t>
-[...107 lines deleted...]
-          <x:t>7,210</x:t>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>