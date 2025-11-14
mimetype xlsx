--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad9b653bd364dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec74c51c2d148bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb183c56c955149fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d333e6133fb4eb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb4fa1f2b62a42d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb183c56c955149fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9917640ce8484cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d333e6133fb4eb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>