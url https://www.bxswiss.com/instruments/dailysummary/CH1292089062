--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec74c51c2d148bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf81f2eb6c147453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d333e6133fb4eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf995cc4e101248a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9917640ce8484cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d333e6133fb4eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d05612d8df4e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf995cc4e101248a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>4,940</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,830</x:t>
-[...33 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,830</x:t>
-[...144 lines deleted...]
-          <x:t>5,240</x:t>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>