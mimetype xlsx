--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf81f2eb6c147453f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253d300b1e0a4479" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf995cc4e101248a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48f798eff60446ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d05612d8df4e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf995cc4e101248a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3d34aa1d2f74821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48f798eff60446ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>4,325</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,275</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>3,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,745</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>