--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253d300b1e0a4479" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32443f9a7903485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48f798eff60446ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94337f8776148be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3d34aa1d2f74821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48f798eff60446ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd57c840c881e492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94337f8776148be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>3,425</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,255</x:t>
-[...33 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>30.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,030</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,030</x:t>
-[...139 lines deleted...]
-          <x:t>3,810</x:t>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>