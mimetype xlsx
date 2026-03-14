--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32443f9a7903485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08097d72019b4e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb94337f8776148be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0170c54538e461d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd57c840c881e492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb94337f8776148be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42e3c73ad332427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0170c54538e461d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on The Graph</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292089062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,465</x:t>
+          <x:t>2,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,325</x:t>
-[...48 lines deleted...]
-          <x:t>2,190</x:t>
+          <x:t>2,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...9 lines deleted...]
-          <x:t>2,365</x:t>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>2,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,285</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>2,405</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>