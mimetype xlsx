--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4115290feccb4ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210580abdbfa4a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce1280a8e99417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421fae28a12740ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra648807c97ad4cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce1280a8e99417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78abaca7fd7e4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421fae28a12740ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>17,512</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,506</x:t>
-[...11 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,978</x:t>
-[...279 lines deleted...]
-          <x:t>18,849</x:t>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>