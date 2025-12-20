--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210580abdbfa4a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbccaa95e6f4946bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421fae28a12740ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c62344905042b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78abaca7fd7e4866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421fae28a12740ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dcc4e8ab1d4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c62344905042b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>17,779</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,291</x:t>
-[...566 lines deleted...]
-          <x:t>18,578</x:t>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>