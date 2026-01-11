--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbccaa95e6f4946bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32d27830d4af4542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c62344905042b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76cbc8b18c744bda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dcc4e8ab1d4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c62344905042b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65cc62f1b74d4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76cbc8b18c744bda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>16,920</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,614</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>17,478</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,460</x:t>
-[...151 lines deleted...]
-          <x:t>17,468</x:t>
+          <x:t>17,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,355</x:t>
-        </x:is>
-[...273 lines deleted...]
-          <x:t>16,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>