--- v3 (2026-01-11)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32d27830d4af4542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52cab03d096471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76cbc8b18c744bda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa83232d3ffa4c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65cc62f1b74d4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76cbc8b18c744bda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb4b9002b66b4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa83232d3ffa4c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,171</x:t>
-[...26 lines deleted...]
-          <x:t>17,216</x:t>
+          <x:t>16,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,170</x:t>
-[...33 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,241</x:t>
-[...360 lines deleted...]
-          <x:t>17,355</x:t>
+          <x:t>16,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>