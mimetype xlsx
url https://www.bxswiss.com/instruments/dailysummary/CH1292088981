--- v4 (2026-01-31)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52cab03d096471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1378c166802145f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa83232d3ffa4c31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9c8e7be04c4b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb4b9002b66b4345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa83232d3ffa4c31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra87e3068d45a4335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9c8e7be04c4b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>