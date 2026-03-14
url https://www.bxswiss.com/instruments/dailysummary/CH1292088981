--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1378c166802145f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31fce422d38a49ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d9c8e7be04c4b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fcbd1ee72e49d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra87e3068d45a4335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d9c8e7be04c4b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7534a3f6d07e4124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fcbd1ee72e49d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAD)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,653</x:t>
-[...414 lines deleted...]
-          <x:t>15,920</x:t>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>