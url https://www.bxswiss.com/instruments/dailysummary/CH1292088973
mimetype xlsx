--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R576c0c61c1af414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bbb78abef748c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338acdf36fc14a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167ddd1746f8420d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60aed0b51c2a4ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338acdf36fc14a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a9be09d10d4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167ddd1746f8420d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAC)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>13,958</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,831</x:t>
-[...539 lines deleted...]
-          <x:t>14,749</x:t>
+          <x:t>13,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>