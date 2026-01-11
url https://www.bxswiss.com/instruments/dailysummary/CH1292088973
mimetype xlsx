--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93bbb78abef748c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R133009fbd48d44e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R167ddd1746f8420d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R679072c50c434184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a9be09d10d4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R167ddd1746f8420d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3ed3b6fb2184f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R679072c50c434184" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAC)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>13,295</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,271</x:t>
-[...43 lines deleted...]
-          <x:t>13,044</x:t>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,004</x:t>
-[...80 lines deleted...]
-          <x:t>13,974</x:t>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...451 lines deleted...]
-          <x:t>13,380</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>