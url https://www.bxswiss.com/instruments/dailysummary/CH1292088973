--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R133009fbd48d44e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463224be15c74926" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R679072c50c434184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f481c36123049d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3ed3b6fb2184f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R679072c50c434184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631c42496e414b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f481c36123049d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Solactive® Longevity NTR Index (VITAC)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,781</x:t>
-[...441 lines deleted...]
-          <x:t>13,882</x:t>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>