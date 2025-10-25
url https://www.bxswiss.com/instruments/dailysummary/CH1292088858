--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e93f97af99424b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ed21353d3c4ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ef13e4ab664313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03698f056ec740f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbedd1d44b31d4d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ef13e4ab664313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5048b51823945ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03698f056ec740f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>