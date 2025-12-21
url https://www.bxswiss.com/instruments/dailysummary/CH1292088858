--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87ed21353d3c4ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fec77532ea4eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03698f056ec740f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cac92f9210d4cea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5048b51823945ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03698f056ec740f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b3f39eaa944a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cac92f9210d4cea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,355</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>