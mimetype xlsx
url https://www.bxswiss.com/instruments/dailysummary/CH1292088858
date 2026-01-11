--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fec77532ea4eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f94404492541a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cac92f9210d4cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd918d571f5334b4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b3f39eaa944a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cac92f9210d4cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ec4c8a74efe4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd918d571f5334b4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>