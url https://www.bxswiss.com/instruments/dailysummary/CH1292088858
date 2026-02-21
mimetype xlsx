--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8f94404492541a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d9be67cac24664" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd918d571f5334b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb10a5294c5a4f4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ec4c8a74efe4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd918d571f5334b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aec96073dc84341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb10a5294c5a4f4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,810</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>