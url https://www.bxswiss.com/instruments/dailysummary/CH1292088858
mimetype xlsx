--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24d9be67cac24664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7e0a18b0ba24fb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb10a5294c5a4f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9c6687e3e64812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aec96073dc84341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb10a5294c5a4f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae13102c93664dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9c6687e3e64812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>84,120</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>88,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,285</x:t>
-[...107 lines deleted...]
-          <x:t>86,945</x:t>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>