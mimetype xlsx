--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R651be199c77243c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62c2a3a4b924b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547c9e16f0f14e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ba1a9633be4879"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ede69dbbc394b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547c9e16f0f14e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R610f9fdc1b784319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ba1a9633be4879" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>217,085</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,255</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>223,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,735</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>