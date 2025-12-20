--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62c2a3a4b924b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40abc05bc8c045ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60ba1a9633be4879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79c44b28b444115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R610f9fdc1b784319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60ba1a9633be4879" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4a834c6d604878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79c44b28b444115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>167,665</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>