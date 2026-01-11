--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40abc05bc8c045ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250a6f28cdc74f19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf79c44b28b444115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree70276b4e9c4e36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4a834c6d604878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf79c44b28b444115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R689ea860ea434ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree70276b4e9c4e36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>