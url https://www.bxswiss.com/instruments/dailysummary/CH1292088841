--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250a6f28cdc74f19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc277dd705aa44b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree70276b4e9c4e36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6379424279ee4aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R689ea860ea434ba3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree70276b4e9c4e36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dbed52d13c941e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6379424279ee4aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>122,265</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>