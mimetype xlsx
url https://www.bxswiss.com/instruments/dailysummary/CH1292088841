--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc277dd705aa44b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352389bd578e449b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6379424279ee4aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de2e7431e8e41df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dbed52d13c941e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6379424279ee4aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bde5ce007bb460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de2e7431e8e41df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>99,095</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,385</x:t>
-[...259 lines deleted...]
-          <x:t>93,095</x:t>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,045</x:t>
-[...11 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,045</x:t>
-[...117 lines deleted...]
-          <x:t>100,690</x:t>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>