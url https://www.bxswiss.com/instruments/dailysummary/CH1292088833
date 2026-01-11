--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2a0f461c934f6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02f615f8e1d4fa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6bc39611e23456f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R143bbbaecdee489a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d48e94b50b84dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6bc39611e23456f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd27854f0814d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R143bbbaecdee489a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,465</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>