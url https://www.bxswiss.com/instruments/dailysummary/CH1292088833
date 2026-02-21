--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02f615f8e1d4fa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc052e8bad16d49f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R143bbbaecdee489a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra910e2a900bc48c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd27854f0814d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R143bbbaecdee489a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60969808615e4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra910e2a900bc48c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,105</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>