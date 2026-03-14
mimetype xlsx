--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc052e8bad16d49f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3e2a68ef854e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra910e2a900bc48c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7acf8148923d48ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60969808615e4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra910e2a900bc48c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5015e45735004c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7acf8148923d48ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Hedera</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>69,655</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>63,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,420</x:t>
-[...173 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>19.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>77,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>