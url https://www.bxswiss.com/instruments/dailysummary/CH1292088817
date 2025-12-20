--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e2421bd5674367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c67868570e4d43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bdb9334db5e4b3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b171e8f15db43c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9997650229cf4ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bdb9334db5e4b3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R716a6d3438b04850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b171e8f15db43c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>82,620</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>