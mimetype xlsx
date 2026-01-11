--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04c67868570e4d43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3be3c16d6f641c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b171e8f15db43c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45514a5d7efc4127"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R716a6d3438b04850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b171e8f15db43c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1338f68159f44ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45514a5d7efc4127" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,120</x:t>
-[...603 lines deleted...]
-          <x:t>73,280</x:t>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>