--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3be3c16d6f641c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52151d15f36a4b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45514a5d7efc4127"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d75d03e14a549ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1338f68159f44ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45514a5d7efc4127" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cfdccea256462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d75d03e14a549ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>75,980</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>