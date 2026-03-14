--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52151d15f36a4b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07086b75e6454a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d75d03e14a549ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31bda9bafdd24ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52cfdccea256462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d75d03e14a549ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red32bbe9d35b4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31bda9bafdd24ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Bitcoin ETF Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,165</x:t>
-[...286 lines deleted...]
-          <x:t>20.02.2026</x:t>
+          <x:t>58,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,485</x:t>
-[...9 lines deleted...]
-          <x:t>55,690</x:t>
+          <x:t>57,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>