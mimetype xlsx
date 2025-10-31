--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec8e7f4f9f424a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81cef24f423943e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd612ecbacf464ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc742001aec184625"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32b39f07ee904782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd612ecbacf464ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R814a297dd6914729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc742001aec184625" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,730</x:t>
+          <x:t>6,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>6,730</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,710</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>6,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,670</x:t>
-[...85 lines deleted...]
-          <x:t>6,620</x:t>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>