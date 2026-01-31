--- v1 (2025-10-31)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81cef24f423943e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d9991496564434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc742001aec184625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b1eb2d680f140d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R814a297dd6914729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc742001aec184625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8de3c7f0c84754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b1eb2d680f140d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>6,680</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>