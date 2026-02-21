--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d9991496564434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6f594c463f4133" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b1eb2d680f140d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5b23e1a3884290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8de3c7f0c84754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b1eb2d680f140d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0cf8acdc974099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5b23e1a3884290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,910</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,910</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,960</x:t>
-[...21 lines deleted...]
-          <x:t>6,990</x:t>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>6,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,070</x:t>
-[...43 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>7,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,060</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>7,090</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,060</x:t>
-[...301 lines deleted...]
-          <x:t>6,910</x:t>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>