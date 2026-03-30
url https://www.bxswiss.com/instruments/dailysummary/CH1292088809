--- v3 (2026-02-21)
+++ v4 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c6f594c463f4133" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra89f2f00d542402d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d5b23e1a3884290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535e3ca813024faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0cf8acdc974099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d5b23e1a3884290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7541e75c375e4f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535e3ca813024faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW Swiss 50 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,930</x:t>
-[...134 lines deleted...]
-          <x:t>6,960</x:t>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,910</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>6,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,960</x:t>
-[...387 lines deleted...]
-          <x:t>7,170</x:t>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>